--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\BUREAUS\Star Program\Star Annual Report\2021 SAR Report\_Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/michelle_evans_labor_nc_gov/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72DF401A-F738-4072-87E4-A721AC2685E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4102038D-FFA8-4D09-9660-A4C2243C30F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28908" yWindow="-108" windowWidth="29016" windowHeight="15696" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2019_2021" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A47" i="2" l="1"/>
   <c r="A46" i="2"/>
@@ -798,325 +798,320 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="33" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="38" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
-[...61 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...94 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCC99FF"/>
       <color rgb="FF9966FF"/>
       <color rgb="FFCC66FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -1357,91 +1352,91 @@
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="1"/>
             <a:t>NOTE 2: Building Star </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000"/>
             <a:t>–include only North Carolina activity and temporary</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000" baseline="0"/>
             <a:t> employees, if applicable. D</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1000"/>
             <a:t>o not include any work hours of the subcontractors. 200,000 = Factor equivalent to 100 full-time employees working 40-hour weeks, 50 weeks per year.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1503,51 +1498,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1645,1003 +1640,994 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6D416A7-BC40-4B1D-83EC-ACAD38AD50ED}">
   <dimension ref="A1:J50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="80" zoomScalePageLayoutView="75" workbookViewId="0">
-      <selection activeCell="P29" sqref="P29"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.109375" customWidth="1"/>
     <col min="3" max="3" width="2.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="102" t="s">
+      <c r="A1" s="32" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="103"/>
-[...7 lines deleted...]
-      <c r="J1" s="103"/>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+      <c r="H1" s="33"/>
+      <c r="I1" s="33"/>
+      <c r="J1" s="33"/>
     </row>
     <row r="2" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="94" t="s">
+      <c r="A2" s="34" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="94"/>
-[...7 lines deleted...]
-      <c r="J2" s="94"/>
+      <c r="B2" s="34"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="34"/>
     </row>
     <row r="3" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="95" t="s">
+      <c r="B3" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="C3" s="95"/>
-[...4 lines deleted...]
-      <c r="H3" s="98"/>
+      <c r="C3" s="35"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="36"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="38"/>
     </row>
     <row r="4" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="95" t="s">
+      <c r="A4" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="95"/>
-      <c r="C4" s="99" t="s">
+      <c r="B4" s="35"/>
+      <c r="C4" s="39" t="s">
         <v>30</v>
       </c>
-      <c r="D4" s="97"/>
-      <c r="E4" s="98"/>
+      <c r="D4" s="37"/>
+      <c r="E4" s="38"/>
       <c r="F4" t="s">
         <v>22</v>
       </c>
-      <c r="J4" s="25"/>
+      <c r="J4" s="23"/>
     </row>
     <row r="5" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="91" t="s">
+      <c r="B6" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="92"/>
-[...2 lines deleted...]
-      <c r="F6" s="91" t="s">
+      <c r="C6" s="27"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="28"/>
+      <c r="F6" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="G6" s="93"/>
-      <c r="H6" s="91" t="s">
+      <c r="G6" s="28"/>
+      <c r="H6" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="I6" s="92"/>
-      <c r="J6" s="93"/>
+      <c r="I6" s="27"/>
+      <c r="J6" s="28"/>
     </row>
     <row r="7" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="23">
-[...2 lines deleted...]
-      <c r="B7" s="84" t="s">
+      <c r="A7" s="22">
+        <v>2023</v>
+      </c>
+      <c r="B7" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="85"/>
-[...2 lines deleted...]
-      <c r="F7" s="84" t="s">
+      <c r="C7" s="30"/>
+      <c r="D7" s="30"/>
+      <c r="E7" s="31"/>
+      <c r="F7" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="G7" s="86"/>
-      <c r="H7" s="84" t="s">
+      <c r="G7" s="31"/>
+      <c r="H7" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="I7" s="85"/>
-      <c r="J7" s="86"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="31"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="87"/>
-[...7 lines deleted...]
-      <c r="J8" s="90"/>
+      <c r="B8" s="48"/>
+      <c r="C8" s="48"/>
+      <c r="D8" s="49"/>
+      <c r="E8" s="49"/>
+      <c r="F8" s="49"/>
+      <c r="G8" s="49"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="49"/>
+      <c r="J8" s="51"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="83" t="s">
+      <c r="B9" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="83"/>
-[...2 lines deleted...]
-      <c r="F9" s="80" t="s">
+      <c r="C9" s="40"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41" t="s">
         <v>30</v>
       </c>
-      <c r="G9" s="80"/>
-      <c r="H9" s="81" t="s">
+      <c r="G9" s="41"/>
+      <c r="H9" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I9" s="81"/>
-      <c r="J9" s="82"/>
+      <c r="I9" s="42"/>
+      <c r="J9" s="43"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="83"/>
-[...5 lines deleted...]
-      <c r="H10" s="81" t="s">
+      <c r="B10" s="40"/>
+      <c r="C10" s="40"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="41"/>
+      <c r="H10" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I10" s="81"/>
-      <c r="J10" s="82"/>
+      <c r="I10" s="42"/>
+      <c r="J10" s="43"/>
     </row>
     <row r="11" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="29">
+      <c r="B11" s="44">
         <f>SUM(B8:E10)</f>
         <v>0</v>
       </c>
-      <c r="C11" s="29"/>
-[...2 lines deleted...]
-      <c r="F11" s="30">
+      <c r="C11" s="44"/>
+      <c r="D11" s="45"/>
+      <c r="E11" s="45"/>
+      <c r="F11" s="45">
         <f>SUM(F8:G10)</f>
         <v>0</v>
       </c>
-      <c r="G11" s="30"/>
-      <c r="H11" s="78">
+      <c r="G11" s="45"/>
+      <c r="H11" s="46">
         <f>SUM(H8:J10)</f>
         <v>0</v>
       </c>
-      <c r="I11" s="78"/>
-      <c r="J11" s="79"/>
+      <c r="I11" s="46"/>
+      <c r="J11" s="47"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B12" s="91" t="s">
+      <c r="B12" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="92"/>
-[...2 lines deleted...]
-      <c r="F12" s="91" t="s">
+      <c r="C12" s="27"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="28"/>
+      <c r="F12" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="G12" s="93"/>
-      <c r="H12" s="91" t="s">
+      <c r="G12" s="28"/>
+      <c r="H12" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="I12" s="92"/>
-      <c r="J12" s="93"/>
+      <c r="I12" s="27"/>
+      <c r="J12" s="28"/>
     </row>
     <row r="13" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="24">
-[...2 lines deleted...]
-      <c r="B13" s="84" t="s">
+      <c r="A13" s="22">
+        <v>2024</v>
+      </c>
+      <c r="B13" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C13" s="85"/>
-[...2 lines deleted...]
-      <c r="F13" s="84" t="s">
+      <c r="C13" s="30"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="31"/>
+      <c r="F13" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="G13" s="86"/>
-      <c r="H13" s="84" t="s">
+      <c r="G13" s="31"/>
+      <c r="H13" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="I13" s="85"/>
-      <c r="J13" s="86"/>
+      <c r="I13" s="30"/>
+      <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="87"/>
-[...7 lines deleted...]
-      <c r="J14" s="90"/>
+      <c r="B14" s="48"/>
+      <c r="C14" s="48"/>
+      <c r="D14" s="49"/>
+      <c r="E14" s="49"/>
+      <c r="F14" s="49"/>
+      <c r="G14" s="49"/>
+      <c r="H14" s="50"/>
+      <c r="I14" s="49"/>
+      <c r="J14" s="51"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="83" t="s">
+      <c r="B15" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="83"/>
-[...4 lines deleted...]
-      <c r="H15" s="81" t="s">
+      <c r="C15" s="40"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I15" s="81"/>
-      <c r="J15" s="82"/>
+      <c r="I15" s="42"/>
+      <c r="J15" s="43"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="83"/>
-[...5 lines deleted...]
-      <c r="H16" s="81" t="s">
+      <c r="B16" s="40"/>
+      <c r="C16" s="40"/>
+      <c r="D16" s="41"/>
+      <c r="E16" s="41"/>
+      <c r="F16" s="41"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="81"/>
-      <c r="J16" s="82"/>
+      <c r="I16" s="42"/>
+      <c r="J16" s="43"/>
     </row>
     <row r="17" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="29">
+      <c r="B17" s="44">
         <f>SUM(B14:E16)</f>
         <v>0</v>
       </c>
-      <c r="C17" s="29"/>
-[...2 lines deleted...]
-      <c r="F17" s="30">
+      <c r="C17" s="44"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45">
         <f>SUM(F14:G16)</f>
         <v>0</v>
       </c>
-      <c r="G17" s="30"/>
-      <c r="H17" s="78">
+      <c r="G17" s="45"/>
+      <c r="H17" s="46">
         <f>SUM(H14:J16)</f>
         <v>0</v>
       </c>
-      <c r="I17" s="78"/>
-      <c r="J17" s="79"/>
+      <c r="I17" s="46"/>
+      <c r="J17" s="47"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B18" s="91" t="s">
+      <c r="B18" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="92"/>
-[...2 lines deleted...]
-      <c r="F18" s="91" t="s">
+      <c r="C18" s="27"/>
+      <c r="D18" s="27"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="G18" s="93"/>
-      <c r="H18" s="91" t="s">
+      <c r="G18" s="28"/>
+      <c r="H18" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="I18" s="92"/>
-      <c r="J18" s="93"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="28"/>
     </row>
     <row r="19" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="24">
-[...2 lines deleted...]
-      <c r="B19" s="84" t="s">
+      <c r="A19" s="22">
+        <v>2025</v>
+      </c>
+      <c r="B19" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C19" s="85"/>
-[...2 lines deleted...]
-      <c r="F19" s="84" t="s">
+      <c r="C19" s="30"/>
+      <c r="D19" s="30"/>
+      <c r="E19" s="31"/>
+      <c r="F19" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="G19" s="86"/>
-      <c r="H19" s="84" t="s">
+      <c r="G19" s="31"/>
+      <c r="H19" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="I19" s="85"/>
-      <c r="J19" s="86"/>
+      <c r="I19" s="30"/>
+      <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B20" s="87"/>
-[...7 lines deleted...]
-      <c r="J20" s="90"/>
+      <c r="B20" s="48"/>
+      <c r="C20" s="48"/>
+      <c r="D20" s="49"/>
+      <c r="E20" s="49"/>
+      <c r="F20" s="49"/>
+      <c r="G20" s="49"/>
+      <c r="H20" s="50"/>
+      <c r="I20" s="49"/>
+      <c r="J20" s="51"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B21" s="83"/>
-[...5 lines deleted...]
-      <c r="H21" s="81" t="s">
+      <c r="B21" s="40"/>
+      <c r="C21" s="40"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I21" s="81"/>
-      <c r="J21" s="82"/>
+      <c r="I21" s="42"/>
+      <c r="J21" s="43"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B22" s="83"/>
-[...5 lines deleted...]
-      <c r="H22" s="81" t="s">
+      <c r="B22" s="40"/>
+      <c r="C22" s="40"/>
+      <c r="D22" s="41"/>
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="I22" s="81"/>
-      <c r="J22" s="82"/>
+      <c r="I22" s="42"/>
+      <c r="J22" s="43"/>
     </row>
     <row r="23" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="29">
+      <c r="B23" s="44">
         <f>SUM(B20:E22)</f>
         <v>0</v>
       </c>
-      <c r="C23" s="29"/>
-[...2 lines deleted...]
-      <c r="F23" s="30">
+      <c r="C23" s="44"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45">
         <f>SUM(F20:G22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="30"/>
-      <c r="H23" s="78">
+      <c r="G23" s="45"/>
+      <c r="H23" s="46">
         <f>SUM(H20:J22)</f>
         <v>0</v>
       </c>
-      <c r="I23" s="78"/>
-      <c r="J23" s="79"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="47"/>
     </row>
     <row r="32" spans="1:10" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="33" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A33" s="31" t="s">
+      <c r="A33" s="65" t="s">
         <v>11</v>
       </c>
-      <c r="B33" s="32"/>
-[...4 lines deleted...]
-      <c r="G33" s="31" t="s">
+      <c r="B33" s="66"/>
+      <c r="C33" s="66"/>
+      <c r="D33" s="66"/>
+      <c r="E33" s="66"/>
+      <c r="F33" s="67"/>
+      <c r="G33" s="65" t="s">
         <v>13</v>
       </c>
-      <c r="H33" s="33"/>
-      <c r="I33" s="31" t="s">
+      <c r="H33" s="67"/>
+      <c r="I33" s="65" t="s">
         <v>15</v>
       </c>
-      <c r="J33" s="33"/>
+      <c r="J33" s="67"/>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A34" s="34" t="s">
+      <c r="A34" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="B34" s="35"/>
-[...4 lines deleted...]
-      <c r="G34" s="53" t="s">
+      <c r="B34" s="69"/>
+      <c r="C34" s="69"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="69"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="H34" s="54"/>
-      <c r="I34" s="53" t="s">
+      <c r="H34" s="72"/>
+      <c r="I34" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="J34" s="54"/>
+      <c r="J34" s="72"/>
     </row>
     <row r="35" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="26" t="s">
+      <c r="A35" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="27"/>
-[...3 lines deleted...]
-      <c r="F35" s="28"/>
+      <c r="B35" s="85"/>
+      <c r="C35" s="85"/>
+      <c r="D35" s="85"/>
+      <c r="E35" s="85"/>
+      <c r="F35" s="86"/>
       <c r="G35" s="11"/>
       <c r="H35" s="12"/>
       <c r="I35" s="7"/>
       <c r="J35" s="8"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A36" s="14">
         <f>A7</f>
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B36" s="15">
         <f>B11</f>
         <v>0</v>
       </c>
       <c r="C36" s="16" t="s">
         <v>25</v>
       </c>
       <c r="D36" s="16">
         <f>H11</f>
         <v>0</v>
       </c>
-      <c r="E36" s="38" t="s">
+      <c r="E36" s="73" t="s">
         <v>26</v>
       </c>
-      <c r="F36" s="71"/>
-      <c r="G36" s="55" t="e">
+      <c r="F36" s="87"/>
+      <c r="G36" s="88" t="e">
         <f>B36/D36*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H36" s="56"/>
-      <c r="I36" s="57" t="e">
+      <c r="H36" s="89"/>
+      <c r="I36" s="52" t="e">
         <f>SUM(G36:H38)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="J36" s="58"/>
+      <c r="J36" s="53"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A37" s="17">
         <f>A13</f>
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B37" s="6">
         <f>B17</f>
         <v>0</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D37" s="5">
         <f>H17</f>
         <v>0</v>
       </c>
-      <c r="E37" s="72" t="s">
+      <c r="E37" s="58" t="s">
         <v>26</v>
       </c>
-      <c r="F37" s="73"/>
-      <c r="G37" s="67" t="e">
+      <c r="F37" s="59"/>
+      <c r="G37" s="60" t="e">
         <f>B37/D37*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H37" s="68"/>
-[...1 lines deleted...]
-      <c r="J37" s="60"/>
+      <c r="H37" s="61"/>
+      <c r="I37" s="54"/>
+      <c r="J37" s="55"/>
     </row>
     <row r="38" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="104">
+      <c r="A38" s="24">
         <f>A19</f>
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B38" s="18">
         <f>B23</f>
         <v>0</v>
       </c>
       <c r="C38" s="19" t="s">
         <v>25</v>
       </c>
       <c r="D38" s="19">
         <f>H23</f>
         <v>0</v>
       </c>
-      <c r="E38" s="77" t="s">
+      <c r="E38" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="F38" s="29"/>
-      <c r="G38" s="69" t="e">
+      <c r="F38" s="44"/>
+      <c r="G38" s="63" t="e">
         <f>B38/D38*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H38" s="70"/>
-[...1 lines deleted...]
-      <c r="J38" s="62"/>
+      <c r="H38" s="64"/>
+      <c r="I38" s="56"/>
+      <c r="J38" s="57"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A39" s="38" t="s">
+      <c r="A39" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="B39" s="38"/>
-      <c r="C39" s="20" t="s">
+      <c r="B39" s="73"/>
+      <c r="C39" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="D39" s="21"/>
-      <c r="E39" s="100" t="e">
+      <c r="D39" s="20"/>
+      <c r="E39" s="74" t="e">
         <f>I36/3</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="F39" s="101"/>
-      <c r="G39" s="39" t="e">
+      <c r="F39" s="75"/>
+      <c r="G39" s="76" t="e">
         <f>E39/E41</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H39" s="40"/>
+      <c r="H39" s="77"/>
       <c r="I39" s="13" t="e">
         <f>G41*100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J39" s="8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A40" s="65" t="s">
+      <c r="A40" s="78" t="s">
         <v>31</v>
       </c>
-      <c r="B40" s="66"/>
-[...4 lines deleted...]
-      <c r="G40" s="39" t="e">
+      <c r="B40" s="79"/>
+      <c r="C40" s="79"/>
+      <c r="D40" s="79"/>
+      <c r="E40" s="82"/>
+      <c r="F40" s="83"/>
+      <c r="G40" s="76" t="e">
         <f>1-G39</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H40" s="40"/>
-      <c r="I40" s="45" t="s">
+      <c r="H40" s="77"/>
+      <c r="I40" s="90" t="s">
         <v>32</v>
       </c>
-      <c r="J40" s="46"/>
+      <c r="J40" s="91"/>
     </row>
     <row r="41" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="47"/>
-[...5 lines deleted...]
-      <c r="G41" s="49" t="e">
+      <c r="A41" s="80"/>
+      <c r="B41" s="81"/>
+      <c r="C41" s="81"/>
+      <c r="D41" s="81"/>
+      <c r="E41" s="93"/>
+      <c r="F41" s="94"/>
+      <c r="G41" s="95" t="e">
         <f>G40</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H41" s="50"/>
-[...1 lines deleted...]
-      <c r="J41" s="48"/>
+      <c r="H41" s="96"/>
+      <c r="I41" s="80"/>
+      <c r="J41" s="92"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A42" s="53" t="s">
+      <c r="A42" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="B42" s="76"/>
-[...4 lines deleted...]
-      <c r="G42" s="53" t="s">
+      <c r="B42" s="35"/>
+      <c r="C42" s="35"/>
+      <c r="D42" s="35"/>
+      <c r="E42" s="35"/>
+      <c r="F42" s="72"/>
+      <c r="G42" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="H42" s="54"/>
-      <c r="I42" s="53" t="s">
+      <c r="H42" s="72"/>
+      <c r="I42" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="J42" s="54"/>
+      <c r="J42" s="72"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A43" s="34" t="s">
+      <c r="A43" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="B43" s="35"/>
-[...4 lines deleted...]
-      <c r="G43" s="53" t="s">
+      <c r="B43" s="69"/>
+      <c r="C43" s="69"/>
+      <c r="D43" s="69"/>
+      <c r="E43" s="69"/>
+      <c r="F43" s="70"/>
+      <c r="G43" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="H43" s="54"/>
-      <c r="I43" s="53" t="s">
+      <c r="H43" s="72"/>
+      <c r="I43" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="J43" s="54"/>
+      <c r="J43" s="72"/>
     </row>
     <row r="44" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A44" s="26" t="s">
+      <c r="A44" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="B44" s="27"/>
-[...3 lines deleted...]
-      <c r="F44" s="28"/>
+      <c r="B44" s="85"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="86"/>
       <c r="G44" s="11"/>
       <c r="H44" s="12"/>
       <c r="I44" s="7"/>
       <c r="J44" s="8"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A45" s="14">
         <f>A7</f>
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B45" s="15">
         <f>F11</f>
         <v>0</v>
       </c>
       <c r="C45" s="16" t="s">
         <v>25</v>
       </c>
       <c r="D45" s="16">
         <f>H11</f>
         <v>0</v>
       </c>
-      <c r="E45" s="38" t="s">
+      <c r="E45" s="73" t="s">
         <v>26</v>
       </c>
-      <c r="F45" s="71"/>
-      <c r="G45" s="55" t="e">
+      <c r="F45" s="87"/>
+      <c r="G45" s="88" t="e">
         <f>B45/D45*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H45" s="56"/>
-      <c r="I45" s="57" t="e">
+      <c r="H45" s="89"/>
+      <c r="I45" s="52" t="e">
         <f>SUM(G45:H47)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="J45" s="58"/>
+      <c r="J45" s="53"/>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="17">
         <f>A13</f>
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B46" s="6">
         <f>F17</f>
         <v>0</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D46" s="5">
         <f>H17</f>
         <v>0</v>
       </c>
-      <c r="E46" s="72" t="s">
+      <c r="E46" s="58" t="s">
         <v>26</v>
       </c>
-      <c r="F46" s="73"/>
-      <c r="G46" s="67" t="e">
+      <c r="F46" s="59"/>
+      <c r="G46" s="60" t="e">
         <f>B46/D46*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H46" s="68"/>
-[...1 lines deleted...]
-      <c r="J46" s="60"/>
+      <c r="H46" s="61"/>
+      <c r="I46" s="54"/>
+      <c r="J46" s="55"/>
     </row>
     <row r="47" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="107">
+      <c r="A47" s="25">
         <f>A19</f>
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B47" s="9">
         <f>F23</f>
         <v>0</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>25</v>
       </c>
       <c r="D47" s="10">
         <f>H23</f>
         <v>0</v>
       </c>
-      <c r="E47" s="74" t="s">
+      <c r="E47" s="104" t="s">
         <v>26</v>
       </c>
-      <c r="F47" s="75"/>
-      <c r="G47" s="69" t="e">
+      <c r="F47" s="105"/>
+      <c r="G47" s="63" t="e">
         <f>B47/D47*200000</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H47" s="70"/>
-[...1 lines deleted...]
-      <c r="J47" s="62"/>
+      <c r="H47" s="64"/>
+      <c r="I47" s="56"/>
+      <c r="J47" s="57"/>
     </row>
     <row r="48" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="37" t="s">
+      <c r="A48" s="106" t="s">
         <v>27</v>
       </c>
-      <c r="B48" s="38"/>
-      <c r="C48" s="20" t="s">
+      <c r="B48" s="73"/>
+      <c r="C48" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="D48" s="22" t="s">
+      <c r="D48" s="21" t="s">
         <v>30</v>
       </c>
-      <c r="E48" s="43" t="e">
+      <c r="E48" s="102" t="e">
         <f>I45/3</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="F48" s="44"/>
-      <c r="G48" s="39" t="e">
+      <c r="F48" s="103"/>
+      <c r="G48" s="76" t="e">
         <f>E48/E50</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H48" s="40"/>
+      <c r="H48" s="77"/>
       <c r="I48" s="13" t="e">
         <f>G50*100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J48" s="8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A49" s="45" t="s">
+      <c r="A49" s="90" t="s">
         <v>31</v>
       </c>
-      <c r="B49" s="51"/>
-[...4 lines deleted...]
-      <c r="G49" s="39" t="e">
+      <c r="B49" s="97"/>
+      <c r="C49" s="97"/>
+      <c r="D49" s="97"/>
+      <c r="E49" s="98"/>
+      <c r="F49" s="99"/>
+      <c r="G49" s="76" t="e">
         <f>1-G48</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H49" s="40"/>
-      <c r="I49" s="45" t="s">
+      <c r="H49" s="77"/>
+      <c r="I49" s="90" t="s">
         <v>32</v>
       </c>
-      <c r="J49" s="46"/>
+      <c r="J49" s="91"/>
     </row>
     <row r="50" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="47"/>
-[...5 lines deleted...]
-      <c r="G50" s="49" t="e">
+      <c r="A50" s="80"/>
+      <c r="B50" s="81"/>
+      <c r="C50" s="81"/>
+      <c r="D50" s="81"/>
+      <c r="E50" s="100"/>
+      <c r="F50" s="101"/>
+      <c r="G50" s="95" t="e">
         <f>G49</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H50" s="50"/>
-[...1 lines deleted...]
-      <c r="J50" s="48"/>
+      <c r="H50" s="96"/>
+      <c r="I50" s="80"/>
+      <c r="J50" s="92"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="106">
-    <mergeCell ref="B6:E6"/>
-[...89 lines deleted...]
-    <mergeCell ref="G41:H41"/>
     <mergeCell ref="A49:D50"/>
     <mergeCell ref="E49:F49"/>
     <mergeCell ref="G49:H49"/>
     <mergeCell ref="I49:J50"/>
     <mergeCell ref="E50:F50"/>
     <mergeCell ref="G50:H50"/>
     <mergeCell ref="E48:F48"/>
     <mergeCell ref="G48:H48"/>
     <mergeCell ref="G45:H45"/>
     <mergeCell ref="E46:F46"/>
     <mergeCell ref="G46:H46"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="G47:H47"/>
     <mergeCell ref="I45:J47"/>
     <mergeCell ref="A48:B48"/>
+    <mergeCell ref="A42:F42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="A44:F44"/>
+    <mergeCell ref="I40:J41"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="G39:H39"/>
+    <mergeCell ref="A40:D41"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="I36:J38"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="G37:H37"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:J22"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:J23"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:J20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:J21"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:J18"/>
+    <mergeCell ref="B19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:J19"/>
+    <mergeCell ref="B16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:J16"/>
+    <mergeCell ref="B17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:J17"/>
+    <mergeCell ref="B14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:J14"/>
+    <mergeCell ref="B15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:J12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:J13"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:J10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="B8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="B9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:J6"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:J7"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="E3:H3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C4:E4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E13C77763524304399680D98EC663D01" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="08ed4ef7084c91c1456b63319e390743">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="07fb7b10-7b9a-4558-832d-786df73008dc" xmlns:ns4="e04a6c66-c387-4d23-9626-23c5cf44b5d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="444eb173ae28f600c7f212d78cb0d7cc" ns1:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="07fb7b10-7b9a-4558-832d-786df73008dc"/>
     <xsd:import namespace="e04a6c66-c387-4d23-9626-23c5cf44b5d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
@@ -2837,93 +2823,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35444E92-4B91-4522-B50B-0B023C124144}">
-[...16 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E264C43-32F9-4DD0-B370-D6CC3B47B77B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="07fb7b10-7b9a-4558-832d-786df73008dc"/>
     <ds:schemaRef ds:uri="e04a6c66-c387-4d23-9626-23c5cf44b5d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35444E92-4B91-4522-B50B-0B023C124144}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="07fb7b10-7b9a-4558-832d-786df73008dc"/>
+    <ds:schemaRef ds:uri="e04a6c66-c387-4d23-9626-23c5cf44b5d8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E24F0BA1-F0C9-424C-A29C-EAB2F6422923}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>