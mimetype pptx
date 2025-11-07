--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -153,52 +153,50 @@
   <Override PartName="/ppt/notesSlides/notesSlide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId75"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId76"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="400" r:id="rId2"/>
     <p:sldId id="609" r:id="rId3"/>
     <p:sldId id="471" r:id="rId4"/>
     <p:sldId id="473" r:id="rId5"/>
@@ -398,1084 +396,99 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="012447"/>
     <a:srgbClr val="2D0C62"/>
     <a:srgbClr val="2B0E62"/>
     <a:srgbClr val="FFFBFF"/>
     <a:srgbClr val="007437"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14996" autoAdjust="0"/>
     <p:restoredTop sz="91707" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="61" d="100"/>
-          <a:sy n="61" d="100"/>
+          <a:sx n="75" d="100"/>
+          <a:sy n="75" d="100"/>
         </p:scale>
-        <p:origin x="1498" y="38"/>
+        <p:origin x="1445" y="62"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="50" d="100"/>
           <a:sy n="50" d="100"/>
         </p:scale>
         <p:origin x="2765" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId81" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/></Relationships>
-[...976 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1532,51 +545,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{478DF95D-A3C3-4480-8172-56CF1B3AFB86}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{568CD11B-A496-1118-5503-B75C60610BA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1713,51 +726,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B79AF244-278D-4D90-87E2-1C6B081D7DB0}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2495,52 +1508,61 @@
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Revised 6/16/25</a:t>
-            </a:r>
+              <a:t>Revised 11/05/25 – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>minor correction made</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The information in this presentation is provided voluntarily by the N.C. Department of Labor, Education Training and Technical Assistance Bureau as a public service and is made available in good faith. This presentation is designed to assist trainers conducting OSHA outreach training for workers.  Since workers are the target audience, this presentation emphasizes hazard identification, avoidance, and control – not standards.  No attempt has been made to treat the topic exhaustively.  It is essential that trainers tailor their presentations to the needs and understanding of their audience.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Avenir Next LT Pro" panose="020B0504020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The information and advice provided on this Site and on Linked Sites is provided solely on the basis that users will be responsible for making their own assessment of the matters discussed herein and are advised to verify all relevant representations, statements, and information.</a:t>
@@ -19580,51 +18602,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9ADF4E3-3248-1647-8715-C70639E9BFE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -20028,51 +19050,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF53D48F-6378-E27B-04A2-D2878F7F10EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -20261,51 +19283,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E98CBCEB-E16E-64C0-5AB6-307D36E6219A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -20701,51 +19723,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA390DD9-672E-488B-51A3-027EFEE7AB5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -21125,51 +20147,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CE3D81A-8D19-DD81-BA8E-AD0418D7919F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -21415,51 +20437,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFBB1B29-28A9-E5B9-BFF6-2C751CA7F568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -21857,51 +20879,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54FB29C8-BE45-98AA-EBBA-E01ED7F6AB18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22022,51 +21044,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{622D755C-F9FE-6F90-EB7E-1D7B84979449}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22159,51 +21181,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D984F336-775C-94F6-42CB-FC2BEE45D5BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22495,51 +21517,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E9630B9-6136-DA11-2E68-3D308CCBC99C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22810,51 +21832,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>11/6/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA10209E-F5A6-812C-B492-9E8219BEC0BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -26611,51 +25633,51 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
               <a:t>Mobile Ladder Stands/Platforms</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1144814"/>
+            <a:off x="533400" y="1223712"/>
             <a:ext cx="8077200" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2700" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Meet all design specifications</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="400" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2300" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
@@ -26725,52 +25747,52 @@
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6019800" y="3287486"/>
-            <a:ext cx="2324100" cy="2656114"/>
+            <a:off x="6329680" y="3641634"/>
+            <a:ext cx="2014220" cy="2301965"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
@@ -26929,51 +25951,51 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Objectives</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504825" y="1228640"/>
+            <a:off x="609600" y="1279741"/>
             <a:ext cx="7800975" cy="4333960"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0"/>
               <a:t>In this course, we will discuss:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
@@ -27290,51 +26312,51 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="3500" b="0" dirty="0"/>
               <a:t>Step Bolts and Manhole Steps</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1200150"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0"/>
               <a:t>Capable of supporting the maximum intended load</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" dirty="0"/>
               <a:t>Must be </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2600" b="1" dirty="0"/>
               <a:t>inspected</a:t>
             </a:r>
             <a:r>
@@ -27589,51 +26611,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Stairways</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1198581"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Application</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Covers all stairways (including standard, spiral, ship, and alternating tread-type stairs)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
@@ -29497,51 +28519,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Rope Descent Systems</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1214403"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Anchorages</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:tabLst>
                 <a:tab pos="1884363" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Prior to use, building owners must </a:t>
             </a:r>
@@ -30650,51 +29672,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Fall Protection</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1219200"/>
             <a:ext cx="4419600" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Employers must provide protection for each employee exposed to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>falls</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>falling object hazards</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -30739,52 +29761,52 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>1910.28(a)(1)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Straight Arrow Connector 7"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
-            <a:off x="2657475" y="2895600"/>
-            <a:ext cx="3733800" cy="380999"/>
+            <a:off x="4284406" y="2895600"/>
+            <a:ext cx="2106869" cy="481781"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="57150" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="C00000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -31243,51 +30265,51 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="3400" dirty="0"/>
               <a:t>Protection From Fall Hazards</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="571500" y="1232356"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Unprotected sides and edges</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>All employees on a walking - working surface with an unprotected side or edge that is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>4 feet or more </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>above a lower level must be provided some type of fall protection</a:t>
@@ -31845,52 +30867,52 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60B17F6B-B1FB-4E47-A61B-D596E9BB9546}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4171031" y="3008898"/>
-            <a:ext cx="4300179" cy="2965379"/>
+            <a:off x="4741606" y="3402363"/>
+            <a:ext cx="3729604" cy="2571914"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3933704010"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -31901,51 +30923,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3589E77E-3D1A-41C3-8BAE-FDA1454EC83E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="571500" y="1128847"/>
+            <a:off x="571500" y="1196989"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Is this correct?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A04EF51-A93C-46B8-966A-25498EB1ACC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
@@ -33701,51 +32723,51 @@
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="4" name="Straight Arrow Connector 3"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3657600" y="2819400"/>
             <a:ext cx="2816216" cy="1371600"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:schemeClr val="accent6"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2911923550"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -33753,52 +32775,52 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
-            <a:ext cx="7924800" cy="4724400"/>
+            <a:off x="533400" y="1215886"/>
+            <a:ext cx="7924800" cy="4651513"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Use of a fall protection system is not required for a repair pit, service pit, or assembly pit that is </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>less than 10 feet deep</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, provided the employer:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="800" dirty="0"/>
@@ -35728,51 +34750,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="800" u="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>NCDOL Photo Library</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1250277"/>
             <a:ext cx="8305800" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>For employees engaged in outdoor advertising that climb a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
               <a:t>fixed ladder that is not equipped </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>with a cage, well, personal fall arrest system, or a ladder safety system</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
@@ -36218,52 +35240,52 @@
               <a:effectLst/>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="1868" t="21401" r="51578" b="21706"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1676400" y="2590800"/>
-            <a:ext cx="6248400" cy="3352800"/>
+            <a:off x="1165123" y="2590800"/>
+            <a:ext cx="6759677" cy="3352800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3552569969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -37189,58 +36211,58 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E277114-F350-4C19-9926-F077B0C26829}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="528849" y="1301858"/>
+            <a:off x="533400" y="1301858"/>
             <a:ext cx="8081751" cy="4565540"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="342900" indent="-342900" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="910046"/>
               </a:buClr>
               <a:buSzPct val="84000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
@@ -37905,51 +36927,51 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1219200"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Employers must ensure that each employee on a walking - working surface </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>4 feet or more </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>above a lower level is protected</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
@@ -38194,51 +37216,51 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
               <a:t>Protection From Falling Objects</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1208868"/>
+            <a:off x="609600" y="1316590"/>
             <a:ext cx="7924800" cy="4521977"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>When an employee is exposed to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
               <a:t>falling objects</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>, the employer must ensure that each employee wears head protection</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
@@ -38492,51 +37514,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
               <a:t>Fall Protection Systems and Falling Object Protection</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="558800" y="1295400"/>
             <a:ext cx="7924800" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>General requirements</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Criteria and practices</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0"/>
           </a:p>
@@ -38720,51 +37742,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Guardrail Systems</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1315720"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Top edge height of top rails, or equivalent guardrail system members, are 42 inches, plus or minus 3 inches, above the walking - working surface </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -38863,51 +37885,51 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="012447"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Guardrail Systems</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1295400"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Guardrail systems are capable of withstanding, without failure, a force of at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>least 200 pounds</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The 200-pound test load must not deflect to a height of less than 39 inches above walking/working surface</a:t>
             </a:r>
@@ -39623,51 +38645,51 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Safety Net Systems</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="523240" y="1275080"/>
             <a:ext cx="8534400" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Must meet the requirements under the Construction standards, 29 CFR Part 1926, Subpart M – Fall Protection</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
@@ -39830,51 +38852,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Designated Areas</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1163424"/>
+            <a:off x="573835" y="1337291"/>
             <a:ext cx="7903191" cy="3048486"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>When employer uses a designated area, employer must ensure:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:tabLst>
                 <a:tab pos="1828800" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Employees remain within designated area while work operations are underway; </a:t>
             </a:r>
@@ -39958,52 +38980,52 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4152356" y="3956257"/>
-            <a:ext cx="4264174" cy="1989268"/>
+            <a:off x="4470400" y="4136934"/>
+            <a:ext cx="4006626" cy="1869120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7257826" y="3996466"/>
             <a:ext cx="1219200" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -40613,51 +39635,51 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Covers</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="571500" y="1325880"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Employer must ensure each cover for a hole in a walking-working surface: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Are capable of supporting without failure, at least twice the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>maximum intended load </a:t>
@@ -41001,51 +40023,51 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Handrails/Stair Rail System</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="556972" y="1325880"/>
             <a:ext cx="4800600" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2600" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Height criteria</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>Handrails are </a:t>
             </a:r>
@@ -41412,51 +40434,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="1295400"/>
             <a:ext cx="5029200" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Surfaces</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
               <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Handrails and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>stairrail</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> systems are smooth-surfaced to protect employees from injury, such as punctures or lacerations, and to prevent catching or snagging of clothing </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
@@ -41631,51 +40653,51 @@
               <a:t>Handrails/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Stairrail</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> System</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="527551" y="1143000"/>
+            <a:off x="533400" y="1277525"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Openings in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>stairrails</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
@@ -42018,51 +41040,51 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Cages, Wells and Platforms</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="571500" y="1231751"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Used with fixed ladders</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Are designed, constructed, and maintained to permit easy access to, and egress from, the ladder that they enclose</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -43749,51 +42771,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Retraining</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1273443"/>
             <a:ext cx="8001000" cy="3657600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Employee does not have the understanding and skill required by this section </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Situations requiring retraining include:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
@@ -43890,52 +42912,52 @@
               <a:rPr lang="en-US" sz="800" u="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>NCDOL Photo Library</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Group 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09DC09CD-052E-4177-88D0-1C2086321216}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="6019800" y="4191000"/>
-            <a:ext cx="2367886" cy="1716794"/>
+            <a:off x="6228080" y="4511040"/>
+            <a:ext cx="2159606" cy="1396754"/>
             <a:chOff x="5191836" y="3232464"/>
             <a:chExt cx="3206086" cy="2133600"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="3" name="Picture 2"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId3" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
@@ -44057,51 +43079,51 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Training Requirements</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1143000"/>
+            <a:off x="533400" y="1280889"/>
             <a:ext cx="8001000" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Training must be understandable</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="800" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="+mj-lt"/>
@@ -44178,52 +43200,52 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB5360B9-CE4B-3C97-1E30-3902BE063246}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4145709" y="3016772"/>
-            <a:ext cx="4040125" cy="2715161"/>
+            <a:off x="4683760" y="2976880"/>
+            <a:ext cx="3502074" cy="2890520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="292100" dist="139700" dir="2700000" algn="tl" rotWithShape="0">
               <a:srgbClr val="333333">
                 <a:alpha val="65000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B7A14D3-63AE-6BD0-5A25-7F554CD1E1C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -46158,51 +45180,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>External-Public STD PPT template-4</Template>
   <TotalTime></TotalTime>
-  <Words>3882</Words>
+  <Words>3886</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>777</Paragraphs>
   <Slides>73</Slides>
   <Notes>73</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>