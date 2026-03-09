--- v0 (2025-10-08)
+++ v1 (2026-03-09)
@@ -337,63 +337,63 @@
   <p:clrMru>
     <a:srgbClr val="2D0C62"/>
     <a:srgbClr val="2B0E62"/>
     <a:srgbClr val="FFFBFF"/>
     <a:srgbClr val="007437"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14996" autoAdjust="0"/>
     <p:restoredTop sz="93821" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="66" d="100"/>
-          <a:sy n="66" d="100"/>
+          <a:sx n="113" d="100"/>
+          <a:sy n="113" d="100"/>
         </p:scale>
-        <p:origin x="1354" y="53"/>
+        <p:origin x="1848" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="86" d="100"/>
           <a:sy n="86" d="100"/>
         </p:scale>
         <p:origin x="4166" y="58"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
@@ -481,51 +481,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{478DF95D-A3C3-4480-8172-56CF1B3AFB86}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{568CD11B-A496-1118-5503-B75C60610BA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -662,51 +662,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B79AF244-278D-4D90-87E2-1C6B081D7DB0}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -21466,51 +21466,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9ADF4E3-3248-1647-8715-C70639E9BFE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -21914,51 +21914,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF53D48F-6378-E27B-04A2-D2878F7F10EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22147,51 +22147,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E98CBCEB-E16E-64C0-5AB6-307D36E6219A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22435,51 +22435,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA390DD9-672E-488B-51A3-027EFEE7AB5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -22859,51 +22859,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CE3D81A-8D19-DD81-BA8E-AD0418D7919F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -23149,51 +23149,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFBB1B29-28A9-E5B9-BFF6-2C751CA7F568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -23591,51 +23591,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54FB29C8-BE45-98AA-EBBA-E01ED7F6AB18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -23756,51 +23756,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{622D755C-F9FE-6F90-EB7E-1D7B84979449}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -23893,51 +23893,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D984F336-775C-94F6-42CB-FC2BEE45D5BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -24229,51 +24229,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E9630B9-6136-DA11-2E68-3D308CCBC99C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -24544,51 +24544,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B47087F6-30BC-4FA7-8D44-707823BCCEED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/23/2025</a:t>
+              <a:t>3/6/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA10209E-F5A6-812C-B492-9E8219BEC0BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -25611,268 +25611,50 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1410346" y="3418114"/>
             <a:ext cx="6098529" cy="509588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" b="1" i="1" dirty="0"/>
               <a:t>29 CFR 1910.1200</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...216 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -26066,52 +25848,52 @@
               <a:t>Agricultural or vegetable seed </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200"/>
               <a:t>(Federal Seed Act 7 U.S.C. 1551)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23556" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{600BD18A-55B0-4CDE-8116-7AC3356BBA86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6781800" y="609600"/>
-            <a:ext cx="1828800" cy="381000"/>
+            <a:off x="6644640" y="609600"/>
+            <a:ext cx="1965960" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -26426,52 +26208,52 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Scope and Application</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25604" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{330FBB5D-4CA2-42F8-91A7-0E9982375492}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6781800" y="609600"/>
-            <a:ext cx="1828800" cy="381000"/>
+            <a:off x="6632575" y="609600"/>
+            <a:ext cx="1978025" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -26846,52 +26628,52 @@
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27652" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAC8C2D8-63C1-4D36-9044-83D0DC26530D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6781800" y="609600"/>
-            <a:ext cx="1828800" cy="381000"/>
+            <a:off x="6712373" y="609600"/>
+            <a:ext cx="1898227" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -27265,52 +27047,52 @@
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Employee training</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29700" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EDE5F8-6A26-46A6-8979-725270642F2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7315200" y="609600"/>
-            <a:ext cx="1295400" cy="381000"/>
+            <a:off x="7044267" y="609600"/>
+            <a:ext cx="1566333" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -32676,52 +32458,52 @@
             <a:pPr marL="742950" lvl="1" indent="-285750"/>
             <a:endParaRPr kumimoji="1" lang="en-US" altLang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750"/>
             <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56324" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41C81DE1-8171-4318-B457-858DA1F67FC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6781800" y="609600"/>
-            <a:ext cx="1828800" cy="381000"/>
+            <a:off x="6644640" y="609600"/>
+            <a:ext cx="1965960" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -33794,51 +33576,51 @@
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750"/>
             <a:r>
               <a:rPr kumimoji="1" lang="en-US" altLang="en-US" dirty="0"/>
               <a:t>Name, address and telephone number of manufacturer/importer/responsible party</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62468" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16F94095-EAE9-4C39-A328-743E71C24505}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7162800" y="609600"/>
+            <a:off x="7054427" y="625475"/>
             <a:ext cx="1676400" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -40655,52 +40437,52 @@
               <a:t>May be kept at primary workplace.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1143000" lvl="2" indent="-228600"/>
             <a:endParaRPr kumimoji="1" lang="en-US" altLang="en-US" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="95236" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F920FE41-0448-47B2-90F7-34CB169E86A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7126288" y="609600"/>
-            <a:ext cx="1560512" cy="381000"/>
+            <a:off x="6813974" y="625475"/>
+            <a:ext cx="2109893" cy="381000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -46569,54 +46351,54 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>External-Public STD PPT template-4</Template>
   <TotalTime></TotalTime>
-  <Words>2893</Words>
+  <Words>2890</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>597</Paragraphs>
+  <Paragraphs>596</Paragraphs>
   <Slides>53</Slides>
   <Notes>52</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>53</vt:i4>
       </vt:variant>